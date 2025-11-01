--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\FMD-Fleet Management Division\Reports and Procedures\Procedures\Office Procedure Manual\Website and Web Archive\Fleet.wv.gov\Driver Resources\Driver Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{98952324-B357-451A-8B8C-131C94049164}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F54789F-3285-4C5C-9D83-38AC47F3355A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15225" xr2:uid="{71A09D90-2625-43F8-B326-FD6FD1B8E4A9}"/>
+    <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{71A09D90-2625-43F8-B326-FD6FD1B8E4A9}"/>
   </bookViews>
   <sheets>
     <sheet name="Vehicle Log" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -132,51 +132,51 @@
   <si>
     <t>Business Miles Driven</t>
   </si>
   <si>
     <t>Commuting Miles Driven</t>
   </si>
   <si>
     <t>Total Miles Driven</t>
   </si>
   <si>
     <t>Start and End Destination. Purpose of Trip</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
     <t>Manager's Signature</t>
   </si>
   <si>
     <t>Agency Fleet Coordinator Signature</t>
   </si>
   <si>
     <t>Totals:</t>
   </si>
   <si>
-    <t>Last 6 of VIN:</t>
+    <t>Last 8 of VIN:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -480,112 +480,112 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="12" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Check Cell" xfId="1" builtinId="23"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -909,691 +909,691 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00250724-062C-4CEB-BEB5-34573B474D0B}">
   <dimension ref="A1:K35"/>
   <sheetViews>
     <sheetView tabSelected="1" showWhiteSpace="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.140625" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.28515625" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="11.28515625" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="28" t="s">
+      <c r="A1" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="29"/>
-[...8 lines deleted...]
-      <c r="K1" s="30"/>
+      <c r="B1" s="36"/>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="37"/>
     </row>
     <row r="2" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="31" t="s">
+      <c r="A2" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="31"/>
+      <c r="B2" s="38"/>
       <c r="C2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="31" t="s">
+      <c r="D2" s="38" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="31"/>
-      <c r="F2" s="31"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
       <c r="G2" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="39" t="s">
+      <c r="H2" s="41" t="s">
         <v>5</v>
       </c>
-      <c r="I2" s="40"/>
-[...1 lines deleted...]
-      <c r="K2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="43"/>
+      <c r="K2" s="44"/>
     </row>
     <row r="3" spans="1:11" ht="33.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B3" s="21"/>
+      <c r="B3" s="29"/>
       <c r="C3" s="22"/>
-      <c r="D3" s="23" t="s">
+      <c r="D3" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="24"/>
-      <c r="F3" s="24"/>
+      <c r="E3" s="31"/>
+      <c r="F3" s="31"/>
       <c r="G3" s="19">
         <f>I32</f>
         <v>0</v>
       </c>
-      <c r="H3" s="25" t="s">
+      <c r="H3" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="26"/>
-      <c r="J3" s="32">
+      <c r="I3" s="33"/>
+      <c r="J3" s="39">
         <f>D32</f>
         <v>0</v>
       </c>
-      <c r="K3" s="33"/>
+      <c r="K3" s="40"/>
     </row>
     <row r="4" spans="1:11" ht="35.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="21"/>
+      <c r="B4" s="29"/>
       <c r="C4" s="22"/>
-      <c r="D4" s="23" t="s">
+      <c r="D4" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="24"/>
-      <c r="F4" s="24"/>
+      <c r="E4" s="31"/>
+      <c r="F4" s="31"/>
       <c r="G4" s="19">
         <f>J32</f>
         <v>0</v>
       </c>
-      <c r="H4" s="25" t="s">
+      <c r="H4" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="I4" s="26"/>
-      <c r="J4" s="32">
+      <c r="I4" s="33"/>
+      <c r="J4" s="39">
         <f>E32</f>
         <v>0</v>
       </c>
-      <c r="K4" s="33"/>
+      <c r="K4" s="40"/>
     </row>
     <row r="5" spans="1:11" ht="39.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="21"/>
+      <c r="B5" s="29"/>
       <c r="C5" s="22"/>
-      <c r="D5" s="25" t="s">
+      <c r="D5" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="E5" s="26"/>
-      <c r="F5" s="27"/>
+      <c r="E5" s="33"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="19">
         <f>K32</f>
         <v>0</v>
       </c>
-      <c r="H5" s="37"/>
-      <c r="I5" s="38"/>
+      <c r="H5" s="23"/>
+      <c r="I5" s="24"/>
       <c r="J5" s="45"/>
       <c r="K5" s="46"/>
     </row>
     <row r="6" spans="1:11" ht="43.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G6" s="43" t="s">
+      <c r="G6" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="H6" s="44"/>
+      <c r="H6" s="26"/>
       <c r="I6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>1</v>
       </c>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="8"/>
-      <c r="G7" s="36"/>
+      <c r="G7" s="21"/>
       <c r="H7" s="22"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
     </row>
     <row r="8" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>2</v>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="8"/>
-      <c r="G8" s="36"/>
+      <c r="G8" s="21"/>
       <c r="H8" s="22"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
     </row>
     <row r="9" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>3</v>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="8"/>
-      <c r="G9" s="36"/>
+      <c r="G9" s="21"/>
       <c r="H9" s="22"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
     </row>
     <row r="10" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>4</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="8"/>
-      <c r="G10" s="36"/>
+      <c r="G10" s="21"/>
       <c r="H10" s="22"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
     </row>
     <row r="11" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>5</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="8"/>
-      <c r="G11" s="36"/>
+      <c r="G11" s="21"/>
       <c r="H11" s="22"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
     </row>
     <row r="12" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>6</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="8"/>
-      <c r="G12" s="36"/>
+      <c r="G12" s="21"/>
       <c r="H12" s="22"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
     </row>
     <row r="13" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>7</v>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="8"/>
-      <c r="G13" s="36"/>
+      <c r="G13" s="21"/>
       <c r="H13" s="22"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
     </row>
     <row r="14" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>8</v>
       </c>
       <c r="B14" s="6"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
       <c r="F14" s="8"/>
-      <c r="G14" s="36"/>
+      <c r="G14" s="21"/>
       <c r="H14" s="22"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
     </row>
     <row r="15" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>9</v>
       </c>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="8"/>
-      <c r="G15" s="36"/>
+      <c r="G15" s="21"/>
       <c r="H15" s="22"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
     </row>
     <row r="16" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>10</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="8"/>
-      <c r="G16" s="36"/>
+      <c r="G16" s="21"/>
       <c r="H16" s="22"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
     </row>
     <row r="17" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>11</v>
       </c>
       <c r="B17" s="6"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="8"/>
-      <c r="G17" s="36"/>
+      <c r="G17" s="21"/>
       <c r="H17" s="22"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
     </row>
     <row r="18" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>12</v>
       </c>
       <c r="B18" s="6"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="8"/>
-      <c r="G18" s="36"/>
+      <c r="G18" s="21"/>
       <c r="H18" s="22"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
     </row>
     <row r="19" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>13</v>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="8"/>
-      <c r="G19" s="36"/>
+      <c r="G19" s="21"/>
       <c r="H19" s="22"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
     </row>
     <row r="20" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>14</v>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="8"/>
-      <c r="G20" s="36"/>
+      <c r="G20" s="21"/>
       <c r="H20" s="22"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
     </row>
     <row r="21" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>15</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="8"/>
-      <c r="G21" s="36"/>
+      <c r="G21" s="21"/>
       <c r="H21" s="22"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
     </row>
     <row r="22" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>16</v>
       </c>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
       <c r="F22" s="8"/>
-      <c r="G22" s="36"/>
+      <c r="G22" s="21"/>
       <c r="H22" s="22"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
     </row>
     <row r="23" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>17</v>
       </c>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="8"/>
-      <c r="G23" s="36"/>
+      <c r="G23" s="21"/>
       <c r="H23" s="22"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
     </row>
     <row r="24" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>18</v>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="8"/>
-      <c r="G24" s="36"/>
+      <c r="G24" s="21"/>
       <c r="H24" s="22"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
     </row>
     <row r="25" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>19</v>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="8"/>
-      <c r="G25" s="36"/>
+      <c r="G25" s="21"/>
       <c r="H25" s="22"/>
       <c r="I25" s="6"/>
       <c r="J25" s="6"/>
       <c r="K25" s="6"/>
     </row>
     <row r="26" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>20</v>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="8"/>
-      <c r="G26" s="36"/>
+      <c r="G26" s="21"/>
       <c r="H26" s="22"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
     </row>
     <row r="27" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>21</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="8"/>
-      <c r="G27" s="36"/>
+      <c r="G27" s="21"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6"/>
       <c r="J27" s="6"/>
       <c r="K27" s="6"/>
     </row>
     <row r="28" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>22</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="8"/>
-      <c r="G28" s="36"/>
+      <c r="G28" s="21"/>
       <c r="H28" s="22"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
     </row>
     <row r="29" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>23</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
       <c r="F29" s="8"/>
-      <c r="G29" s="36"/>
+      <c r="G29" s="21"/>
       <c r="H29" s="22"/>
       <c r="I29" s="6"/>
       <c r="J29" s="6"/>
       <c r="K29" s="6"/>
     </row>
     <row r="30" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>24</v>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="7"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
     </row>
     <row r="31" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3">
         <v>25</v>
       </c>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="8"/>
-      <c r="G31" s="36"/>
+      <c r="G31" s="21"/>
       <c r="H31" s="22"/>
       <c r="I31" s="6"/>
       <c r="J31" s="6"/>
       <c r="K31" s="6"/>
     </row>
     <row r="32" spans="1:11" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A32" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="13"/>
       <c r="C32" s="13"/>
       <c r="D32" s="14">
         <f>SUM(D7:D31)</f>
         <v>0</v>
       </c>
       <c r="E32" s="14">
         <f>SUM(E7:E31)</f>
         <v>0</v>
       </c>
       <c r="F32" s="15"/>
-      <c r="G32" s="36"/>
+      <c r="G32" s="21"/>
       <c r="H32" s="22"/>
       <c r="I32" s="14">
         <f>SUM(I7:I31)</f>
         <v>0</v>
       </c>
       <c r="J32" s="14">
         <f>SUM(J7:J31)</f>
         <v>0</v>
       </c>
       <c r="K32" s="16">
         <f>SUM(K7:K31)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="9"/>
       <c r="B33" s="20"/>
       <c r="C33" s="20"/>
       <c r="D33" s="10"/>
       <c r="E33" s="10"/>
       <c r="F33" s="18"/>
       <c r="G33" s="17"/>
       <c r="H33" s="18"/>
       <c r="I33" s="10"/>
       <c r="J33" s="10"/>
       <c r="K33" s="11"/>
     </row>
     <row r="34" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="34" t="s">
+      <c r="A34" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B34" s="34"/>
-[...2 lines deleted...]
-      <c r="E34" s="34" t="s">
+      <c r="B34" s="27"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="27"/>
+      <c r="E34" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="F34" s="34"/>
-[...4 lines deleted...]
-      <c r="K34" s="34"/>
+      <c r="F34" s="27"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="27"/>
+      <c r="J34" s="27"/>
+      <c r="K34" s="27"/>
     </row>
     <row r="35" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="34" t="s">
+      <c r="A35" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="B35" s="34"/>
-[...2 lines deleted...]
-      <c r="E35" s="34" t="s">
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="27"/>
+      <c r="E35" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="F35" s="34"/>
-[...4 lines deleted...]
-      <c r="K35" s="34"/>
+      <c r="F35" s="27"/>
+      <c r="G35" s="27"/>
+      <c r="H35" s="27"/>
+      <c r="I35" s="27"/>
+      <c r="J35" s="27"/>
+      <c r="K35" s="27"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BUAKWSLgl9sn4fY1mtetswl4kdYyS61xQwJmpGv+1Xb7j1Kv4O9ncViSF3zmTjQVVHLPFEpMnXWp7l3NbracGg==" saltValue="v6AhoWFdY5AtcQdDF66vbA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="46">
-    <mergeCell ref="G31:H31"/>
-[...11 lines deleted...]
-    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="H2:K2"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="D5:F5"/>
+    <mergeCell ref="H4:I4"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="A34:D34"/>
     <mergeCell ref="A35:D35"/>
     <mergeCell ref="E34:K34"/>
     <mergeCell ref="E35:K35"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
-    <mergeCell ref="G32:H32"/>
-[...15 lines deleted...]
-    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;CDOA-FM-067 WV VEHICLE LOG SHEET</oddHeader>
     <oddFooter>&amp;LDOA-FM-067 WV VEHICLE LOG SHEET&amp;Rv2024.12.23</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>