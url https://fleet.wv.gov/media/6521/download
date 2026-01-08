--- v1 (2025-11-01)
+++ v2 (2026-01-08)
@@ -1,94 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\FMD-Fleet Management Division\Reports and Procedures\Procedures\Office Procedure Manual\Website and Web Archive\Fleet.wv.gov\Driver Resources\Driver Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\FMD-Fleet Management Division\Reports and Procedures\Procedures\Office Procedure Manual\Website and Web Archive\Fleet.wv.gov\Agency Fleet Coordinator Resources\AFC AND DRIVER BASED FORMS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F54789F-3285-4C5C-9D83-38AC47F3355A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{01EF8C28-E6AC-4E24-930C-63DED5C230E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{71A09D90-2625-43F8-B326-FD6FD1B8E4A9}"/>
   </bookViews>
   <sheets>
     <sheet name="Vehicle Log" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G5" i="1" l="1"/>
-[...8 lines deleted...]
-  <c r="I32" i="1"/>
+  <c r="K38" i="1" l="1"/>
+  <c r="G5" i="1" s="1"/>
+  <c r="J38" i="1"/>
+  <c r="G4" i="1" s="1"/>
+  <c r="I38" i="1"/>
+  <c r="G3" i="1" s="1"/>
+  <c r="E38" i="1"/>
+  <c r="J4" i="1" s="1"/>
+  <c r="D38" i="1"/>
+  <c r="J3" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
   <si>
     <t>State of WV Vehicle Log Sheet</t>
   </si>
   <si>
     <t>Reporting Month:</t>
   </si>
   <si>
     <t>Year:</t>
   </si>
   <si>
     <t>Department:</t>
   </si>
   <si>
     <t>Unit:</t>
   </si>
   <si>
     <t>License Plate #:</t>
   </si>
   <si>
     <t>Total Monthly Business Miles Driven:</t>
@@ -203,51 +203,51 @@
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="double">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="double">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="double">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -374,220 +374,234 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-[...28 lines deleted...]
-    <border>
       <left/>
       <right style="double">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="double">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="double">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1">
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="12" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Check Cell" xfId="1" builtinId="23"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -887,713 +901,810 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00250724-062C-4CEB-BEB5-34573B474D0B}">
-  <dimension ref="A1:K35"/>
+  <dimension ref="A1:K41"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.140625" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.28515625" customWidth="1"/>
     <col min="7" max="7" width="14.85546875" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" customWidth="1"/>
     <col min="10" max="10" width="11.28515625" customWidth="1"/>
     <col min="11" max="11" width="10.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="36"/>
-[...8 lines deleted...]
-      <c r="K1" s="37"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="27"/>
     </row>
     <row r="2" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="38" t="s">
+      <c r="A2" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="38"/>
+      <c r="B2" s="28"/>
       <c r="C2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="38" t="s">
+      <c r="D2" s="28" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="38"/>
-      <c r="F2" s="38"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
       <c r="G2" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H2" s="41" t="s">
+      <c r="H2" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="I2" s="42"/>
-[...1 lines deleted...]
-      <c r="K2" s="44"/>
+      <c r="I2" s="37"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="39"/>
     </row>
     <row r="3" spans="1:11" ht="33.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B3" s="29"/>
-[...1 lines deleted...]
-      <c r="D3" s="30" t="s">
+      <c r="B3" s="18"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="31"/>
-[...2 lines deleted...]
-        <f>I32</f>
+      <c r="E3" s="21"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="16">
+        <f>I38</f>
         <v>0</v>
       </c>
-      <c r="H3" s="32" t="s">
+      <c r="H3" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="33"/>
-[...1 lines deleted...]
-        <f>D32</f>
+      <c r="I3" s="23"/>
+      <c r="J3" s="29">
+        <f>D38</f>
         <v>0</v>
       </c>
-      <c r="K3" s="40"/>
+      <c r="K3" s="30"/>
     </row>
     <row r="4" spans="1:11" ht="35.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="29"/>
-[...1 lines deleted...]
-      <c r="D4" s="30" t="s">
+      <c r="B4" s="18"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="31"/>
-[...2 lines deleted...]
-        <f>J32</f>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="16">
+        <f>J38</f>
         <v>0</v>
       </c>
-      <c r="H4" s="32" t="s">
+      <c r="H4" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="I4" s="33"/>
-[...1 lines deleted...]
-        <f>E32</f>
+      <c r="I4" s="23"/>
+      <c r="J4" s="29">
+        <f>E38</f>
         <v>0</v>
       </c>
-      <c r="K4" s="40"/>
+      <c r="K4" s="30"/>
     </row>
     <row r="5" spans="1:11" ht="39.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="29"/>
-[...1 lines deleted...]
-      <c r="D5" s="32" t="s">
+      <c r="B5" s="18"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="E5" s="33"/>
-[...2 lines deleted...]
-        <f>K32</f>
+      <c r="E5" s="23"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="16">
+        <f>K38</f>
         <v>0</v>
       </c>
-      <c r="H5" s="23"/>
-[...2 lines deleted...]
-      <c r="K5" s="46"/>
+      <c r="H5" s="34"/>
+      <c r="I5" s="35"/>
+      <c r="J5" s="42"/>
+      <c r="K5" s="43"/>
     </row>
     <row r="6" spans="1:11" ht="43.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G6" s="25" t="s">
+      <c r="G6" s="40" t="s">
         <v>22</v>
       </c>
-      <c r="H6" s="26"/>
+      <c r="H6" s="41"/>
       <c r="I6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>1</v>
       </c>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
-      <c r="F7" s="8"/>
-[...1 lines deleted...]
-      <c r="H7" s="22"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="33"/>
+      <c r="H7" s="19"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
     </row>
     <row r="8" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>2</v>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
-      <c r="F8" s="8"/>
-[...1 lines deleted...]
-      <c r="H8" s="22"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="33"/>
+      <c r="H8" s="19"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
     </row>
     <row r="9" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>3</v>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
-      <c r="F9" s="8"/>
-[...1 lines deleted...]
-      <c r="H9" s="22"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="33"/>
+      <c r="H9" s="19"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
     </row>
     <row r="10" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>4</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
-      <c r="F10" s="8"/>
-[...1 lines deleted...]
-      <c r="H10" s="22"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="33"/>
+      <c r="H10" s="19"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
     </row>
     <row r="11" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>5</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
-      <c r="F11" s="8"/>
-[...1 lines deleted...]
-      <c r="H11" s="22"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="33"/>
+      <c r="H11" s="19"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
     </row>
     <row r="12" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>6</v>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
-      <c r="F12" s="8"/>
-[...1 lines deleted...]
-      <c r="H12" s="22"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="33"/>
+      <c r="H12" s="19"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
     </row>
     <row r="13" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>7</v>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
-      <c r="F13" s="8"/>
-[...1 lines deleted...]
-      <c r="H13" s="22"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="33"/>
+      <c r="H13" s="19"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
     </row>
     <row r="14" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>8</v>
       </c>
       <c r="B14" s="6"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
-      <c r="F14" s="8"/>
-[...1 lines deleted...]
-      <c r="H14" s="22"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="19"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
     </row>
     <row r="15" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>9</v>
       </c>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
-      <c r="F15" s="8"/>
-[...1 lines deleted...]
-      <c r="H15" s="22"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="33"/>
+      <c r="H15" s="19"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
     </row>
     <row r="16" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>10</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
-      <c r="F16" s="8"/>
-[...1 lines deleted...]
-      <c r="H16" s="22"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="19"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
     </row>
     <row r="17" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>11</v>
       </c>
       <c r="B17" s="6"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
-      <c r="F17" s="8"/>
-[...1 lines deleted...]
-      <c r="H17" s="22"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="33"/>
+      <c r="H17" s="19"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
     </row>
     <row r="18" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>12</v>
       </c>
       <c r="B18" s="6"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
-      <c r="F18" s="8"/>
-[...1 lines deleted...]
-      <c r="H18" s="22"/>
+      <c r="F18" s="7"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="19"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
     </row>
     <row r="19" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>13</v>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
-      <c r="F19" s="8"/>
-[...1 lines deleted...]
-      <c r="H19" s="22"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="33"/>
+      <c r="H19" s="19"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
     </row>
     <row r="20" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>14</v>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
-      <c r="F20" s="8"/>
-[...1 lines deleted...]
-      <c r="H20" s="22"/>
+      <c r="F20" s="7"/>
+      <c r="G20" s="33"/>
+      <c r="H20" s="19"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
     </row>
     <row r="21" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>15</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
-      <c r="F21" s="8"/>
-[...1 lines deleted...]
-      <c r="H21" s="22"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="33"/>
+      <c r="H21" s="19"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
     </row>
     <row r="22" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>16</v>
       </c>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
-      <c r="F22" s="8"/>
-[...1 lines deleted...]
-      <c r="H22" s="22"/>
+      <c r="F22" s="7"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="19"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
     </row>
     <row r="23" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>17</v>
       </c>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
-      <c r="F23" s="8"/>
-[...1 lines deleted...]
-      <c r="H23" s="22"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="33"/>
+      <c r="H23" s="19"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
     </row>
     <row r="24" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>18</v>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
-      <c r="F24" s="8"/>
-[...1 lines deleted...]
-      <c r="H24" s="22"/>
+      <c r="F24" s="7"/>
+      <c r="G24" s="33"/>
+      <c r="H24" s="19"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
     </row>
     <row r="25" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>19</v>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
-      <c r="F25" s="8"/>
-[...1 lines deleted...]
-      <c r="H25" s="22"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="33"/>
+      <c r="H25" s="19"/>
       <c r="I25" s="6"/>
       <c r="J25" s="6"/>
       <c r="K25" s="6"/>
     </row>
     <row r="26" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>20</v>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
-      <c r="F26" s="8"/>
-[...1 lines deleted...]
-      <c r="H26" s="22"/>
+      <c r="F26" s="7"/>
+      <c r="G26" s="33"/>
+      <c r="H26" s="19"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
     </row>
     <row r="27" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>21</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
-      <c r="F27" s="8"/>
-[...1 lines deleted...]
-      <c r="H27" s="22"/>
+      <c r="F27" s="7"/>
+      <c r="G27" s="33"/>
+      <c r="H27" s="19"/>
       <c r="I27" s="6"/>
       <c r="J27" s="6"/>
       <c r="K27" s="6"/>
     </row>
     <row r="28" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>22</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
-      <c r="F28" s="8"/>
-[...1 lines deleted...]
-      <c r="H28" s="22"/>
+      <c r="F28" s="7"/>
+      <c r="G28" s="33"/>
+      <c r="H28" s="19"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
     </row>
     <row r="29" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>23</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
-      <c r="F29" s="8"/>
-[...1 lines deleted...]
-      <c r="H29" s="22"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="33"/>
+      <c r="H29" s="19"/>
       <c r="I29" s="6"/>
       <c r="J29" s="6"/>
       <c r="K29" s="6"/>
     </row>
     <row r="30" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>24</v>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
-      <c r="F30" s="8"/>
-[...1 lines deleted...]
-      <c r="H30" s="7"/>
+      <c r="F30" s="7"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="45"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
     </row>
-    <row r="31" spans="1:11" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>25</v>
       </c>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
-      <c r="F31" s="8"/>
-[...1 lines deleted...]
-      <c r="H31" s="22"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="33"/>
+      <c r="H31" s="19"/>
       <c r="I31" s="6"/>
       <c r="J31" s="6"/>
       <c r="K31" s="6"/>
     </row>
-    <row r="32" spans="1:11" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="12" t="s">
+    <row r="32" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="3">
         <v>26</v>
       </c>
-      <c r="B32" s="13"/>
-[...2 lines deleted...]
-        <f>SUM(D7:D31)</f>
+      <c r="B32" s="6"/>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6"/>
+      <c r="E32" s="6"/>
+      <c r="F32" s="6"/>
+      <c r="G32" s="33"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="6"/>
+      <c r="J32" s="6"/>
+      <c r="K32" s="6"/>
+    </row>
+    <row r="33" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="3">
+        <v>27</v>
+      </c>
+      <c r="B33" s="6"/>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6"/>
+      <c r="E33" s="6"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="33"/>
+      <c r="H33" s="19"/>
+      <c r="I33" s="6"/>
+      <c r="J33" s="6"/>
+      <c r="K33" s="6"/>
+    </row>
+    <row r="34" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="3">
+        <v>28</v>
+      </c>
+      <c r="B34" s="6"/>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="33"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="6"/>
+      <c r="J34" s="6"/>
+      <c r="K34" s="6"/>
+    </row>
+    <row r="35" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="3">
+        <v>29</v>
+      </c>
+      <c r="B35" s="6"/>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="33"/>
+      <c r="H35" s="19"/>
+      <c r="I35" s="6"/>
+      <c r="J35" s="6"/>
+      <c r="K35" s="6"/>
+    </row>
+    <row r="36" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="3">
+        <v>30</v>
+      </c>
+      <c r="B36" s="6"/>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="33"/>
+      <c r="H36" s="19"/>
+      <c r="I36" s="6"/>
+      <c r="J36" s="6"/>
+      <c r="K36" s="6"/>
+    </row>
+    <row r="37" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="3">
+        <v>31</v>
+      </c>
+      <c r="B37" s="6"/>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="28"/>
+      <c r="I37" s="6"/>
+      <c r="J37" s="6"/>
+      <c r="K37" s="6"/>
+    </row>
+    <row r="38" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B38" s="12"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="46">
+        <f>SUM(D7:D37)</f>
         <v>0</v>
       </c>
-      <c r="E32" s="14">
-        <f>SUM(E7:E31)</f>
+      <c r="E38" s="46">
+        <f>SUM(E7:E37)</f>
         <v>0</v>
       </c>
-      <c r="F32" s="15"/>
-[...3 lines deleted...]
-        <f>SUM(I7:I31)</f>
+      <c r="F38" s="13"/>
+      <c r="G38" s="47"/>
+      <c r="H38" s="48"/>
+      <c r="I38" s="46">
+        <f>SUM(I7:I37)</f>
         <v>0</v>
       </c>
-      <c r="J32" s="14">
-        <f>SUM(J7:J31)</f>
+      <c r="J38" s="46">
+        <f>SUM(J7:J37)</f>
         <v>0</v>
       </c>
-      <c r="K32" s="16">
-        <f>SUM(K7:K31)</f>
+      <c r="K38" s="49">
+        <f>SUM(K7:K37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="A34" s="27" t="s">
+    <row r="39" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="8"/>
+      <c r="B39" s="17"/>
+      <c r="C39" s="17"/>
+      <c r="D39" s="9"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="15"/>
+      <c r="G39" s="14"/>
+      <c r="H39" s="15"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="9"/>
+      <c r="K39" s="10"/>
+    </row>
+    <row r="40" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="B34" s="27"/>
-[...2 lines deleted...]
-      <c r="E34" s="27" t="s">
+      <c r="B40" s="31"/>
+      <c r="C40" s="31"/>
+      <c r="D40" s="31"/>
+      <c r="E40" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="F34" s="27"/>
-[...7 lines deleted...]
-      <c r="A35" s="27" t="s">
+      <c r="F40" s="31"/>
+      <c r="G40" s="32"/>
+      <c r="H40" s="31"/>
+      <c r="I40" s="31"/>
+      <c r="J40" s="31"/>
+      <c r="K40" s="31"/>
+    </row>
+    <row r="41" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="B35" s="27"/>
-[...2 lines deleted...]
-      <c r="E35" s="27" t="s">
+      <c r="B41" s="31"/>
+      <c r="C41" s="31"/>
+      <c r="D41" s="31"/>
+      <c r="E41" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="F35" s="27"/>
-[...4 lines deleted...]
-      <c r="K35" s="27"/>
+      <c r="F41" s="31"/>
+      <c r="G41" s="31"/>
+      <c r="H41" s="31"/>
+      <c r="I41" s="31"/>
+      <c r="J41" s="31"/>
+      <c r="K41" s="31"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
-[...10 lines deleted...]
-    <mergeCell ref="H2:K2"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="BymdNsERpwbqrNpfsJhT0ib5bWT1k5rGBMu9SNd5X9x9UxQ+ophVwaLaDIkur/yda2npTZh44ecARWSiBxpNww==" saltValue="8hEr1NO/x+13onw92NWe/w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="53">
+    <mergeCell ref="G37:H37"/>
     <mergeCell ref="G32:H32"/>
-    <mergeCell ref="G21:H21"/>
-[...4 lines deleted...]
-    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G35:H35"/>
+    <mergeCell ref="G36:H36"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="G6:H6"/>
-    <mergeCell ref="A34:D34"/>
-[...2 lines deleted...]
-    <mergeCell ref="E35:K35"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="E40:K40"/>
+    <mergeCell ref="E41:K41"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="G14:H14"/>
     <mergeCell ref="G15:H15"/>
-    <mergeCell ref="G31:H31"/>
-[...11 lines deleted...]
-    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="G38:H38"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="D5:F5"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:B2"/>
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="J3:K3"/>
+    <mergeCell ref="H2:K2"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="J5:K5"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;CDOA-FM-067 WV VEHICLE LOG SHEET</oddHeader>
     <oddFooter>&amp;LDOA-FM-067 WV VEHICLE LOG SHEET&amp;Rv2024.12.23</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>